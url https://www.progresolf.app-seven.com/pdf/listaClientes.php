--- v0 (2026-01-29)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="938">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="942">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -2225,50 +2225,59 @@
   <si>
     <t>TABACONAS  CP CHURUYACO</t>
   </si>
   <si>
     <t>NEYSER  COLLANTES CASTILLO</t>
   </si>
   <si>
     <t>NEYVI  ROMERO GUERRERO</t>
   </si>
   <si>
     <t>NF NORTE FERRETERO S.R.L.</t>
   </si>
   <si>
     <t>CAL.DIEGO PALOMINO NRO. 1101 CENTRO - JAEN - JAEN - CAJAMARCA</t>
   </si>
   <si>
     <t>NIKSON  PEREZ OLIVERA</t>
   </si>
   <si>
     <t>00826840</t>
   </si>
   <si>
     <t>NINO GRIEVE CABRERA FERNANDEZ</t>
   </si>
   <si>
+    <t>NOE  VILLANUEVA HUAMAN</t>
+  </si>
+  <si>
+    <t>00827656</t>
+  </si>
+  <si>
+    <t>LA TRANCA</t>
+  </si>
+  <si>
     <t>NOLBERTO  DIAZ DIAZ</t>
   </si>
   <si>
     <t>NORBI  JARAMILLO CRUZ</t>
   </si>
   <si>
     <t>NORCENTRO S.A.C</t>
   </si>
   <si>
     <t>CAL.DIEGO PALOMINO NRO. 1500 OTR.  MONTEGRANDE - JAEN - JAEN - CAJAMARCA</t>
   </si>
   <si>
     <t>NORMA  PEREZ MONDRAGON</t>
   </si>
   <si>
     <t>OBRERO CONSTRUCTOR E.I.R.L</t>
   </si>
   <si>
     <t>PRO.MANCO CAPAC NRO. 1008 SEC. 4 DE JUNIO (A 1CDRA DEL INSTITUTO 4 DE JUNIO) CAJAMARCA - JAEN - JAEN</t>
   </si>
   <si>
     <t>OFILDA  CALDERON PINEDO</t>
   </si>
   <si>
     <t>OIMER  PEREZ GUERRERO</t>
@@ -2529,50 +2538,53 @@
     <t>CAL.MARISCAL CASTILLA NRO. 695 CENTRO JAEN  (CENTRO JAEN) - JAEN - JAEN - CAJAMARCA</t>
   </si>
   <si>
     <t>SANOLIZ PERU E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.VÃCTOR RAÃL HAYA DE LA TORRE NRO. 139CLAVO6 A.H.  FILA ALTA  (A UNA CUADRA MERCADO) - JAEN - JAEN - CAJAMARCA</t>
   </si>
   <si>
     <t>SANTA ANELIDA ROJAS ALARCON</t>
   </si>
   <si>
     <t>AV. JAEN CUADRA 5 PUCARA JAEN</t>
   </si>
   <si>
     <t>SANTOS  UGAZ CORONEL</t>
   </si>
   <si>
     <t>SANTOS JUSTINO TORRES FLORES</t>
   </si>
   <si>
     <t>PARAISO SAN JOSE LOURDES</t>
   </si>
   <si>
     <t>SANTOS NAZARIO COTRINA CARRANZA</t>
+  </si>
+  <si>
+    <t>SANTOS ROBERTO FIGUEROA CUEVA</t>
   </si>
   <si>
     <t>SARAIT  SEGURA CENTURION</t>
   </si>
   <si>
     <t>SEGUNDO AUGUSTO SALAZAR VEINTIMILLA</t>
   </si>
   <si>
     <t>PALO BLANCO -POMAHUACA</t>
   </si>
   <si>
     <t>SEGUNDO DOLORES VARGAS FLORES</t>
   </si>
   <si>
     <t>SEGUNDO EDMAR SANCHEZ BONILLA</t>
   </si>
   <si>
     <t>SEGUNDO ELEYSER PEREZ FERNANDEZ</t>
   </si>
   <si>
     <t>SEGUNDO VICTOR ZAVALETA DIAZ</t>
   </si>
   <si>
     <t>SEGURA MONTENEGRO WILMER</t>
   </si>
@@ -3222,54 +3234,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H580"/>
+  <dimension ref="A1:H582"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H580" sqref="H580"/>
+      <selection activeCell="H582" sqref="H582"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -4350,76 +4362,76 @@
         <v>89</v>
       </c>
       <c r="C51" s="3">
         <v>10438527465</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C52" s="3">
-        <v>10444014305</v>
+        <v>44401430</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C53" s="3">
-        <v>44401430</v>
+        <v>10444014305</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C54" s="3">
         <v>10732108187</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>94</v>
@@ -12933,2976 +12945,3018 @@
       <c r="B445" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C445" s="3">
         <v>27376571</v>
       </c>
       <c r="D445" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
       <c r="H445" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="C446" s="3">
-        <v>43156771</v>
+      <c r="C446" s="3" t="s">
+        <v>738</v>
       </c>
       <c r="D446" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>15</v>
+        <v>739</v>
       </c>
       <c r="F446" s="3"/>
       <c r="G446" s="3"/>
       <c r="H446" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C447" s="3">
-        <v>27732529</v>
+        <v>43156771</v>
       </c>
       <c r="D447" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F447" s="3"/>
       <c r="G447" s="3"/>
       <c r="H447" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C448" s="3">
-        <v>20480038267</v>
+        <v>27732529</v>
       </c>
       <c r="D448" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>740</v>
+        <v>48</v>
       </c>
       <c r="F448" s="3"/>
       <c r="G448" s="3"/>
       <c r="H448" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C449" s="3">
-        <v>43740501</v>
+        <v>20480038267</v>
       </c>
       <c r="D449" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>314</v>
+        <v>743</v>
       </c>
       <c r="F449" s="3"/>
       <c r="G449" s="3"/>
       <c r="H449" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C450" s="3">
-        <v>20608949373</v>
+        <v>43740501</v>
       </c>
       <c r="D450" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>743</v>
+        <v>314</v>
       </c>
       <c r="F450" s="3"/>
       <c r="G450" s="3"/>
       <c r="H450" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C451" s="3">
-        <v>80151723</v>
+        <v>20608949373</v>
       </c>
       <c r="D451" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>15</v>
+        <v>746</v>
       </c>
       <c r="F451" s="3"/>
       <c r="G451" s="3"/>
       <c r="H451" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C452" s="3">
-        <v>43129633</v>
+        <v>80151723</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>746</v>
+        <v>15</v>
       </c>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
       <c r="H452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C453" s="3">
-        <v>43077428</v>
+        <v>43129633</v>
       </c>
       <c r="D453" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>15</v>
+        <v>749</v>
       </c>
       <c r="F453" s="3"/>
       <c r="G453" s="3"/>
       <c r="H453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C454" s="3">
-        <v>10420237214</v>
+        <v>43077428</v>
       </c>
       <c r="D454" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>749</v>
+        <v>15</v>
       </c>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
       <c r="H454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C455" s="3">
-        <v>10336609106</v>
+        <v>10420237214</v>
       </c>
       <c r="D455" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F455" s="3"/>
       <c r="G455" s="3"/>
       <c r="H455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C456" s="3">
-        <v>27722493</v>
+        <v>10336609106</v>
       </c>
       <c r="D456" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>15</v>
+        <v>754</v>
       </c>
       <c r="F456" s="3"/>
       <c r="G456" s="3"/>
       <c r="H456" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C457" s="3">
-        <v>48256502</v>
+        <v>27722493</v>
       </c>
       <c r="D457" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E457" s="3"/>
+      <c r="E457" s="3" t="s">
+        <v>15</v>
+      </c>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
       <c r="H457" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C458" s="3">
-        <v>10710295781</v>
+        <v>48256502</v>
       </c>
       <c r="D458" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E458" s="3"/>
       <c r="F458" s="3"/>
       <c r="G458" s="3"/>
       <c r="H458" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C459" s="3">
-        <v>46662361</v>
+        <v>10710295781</v>
       </c>
       <c r="D459" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
       <c r="H459" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C460" s="3">
-        <v>27691334</v>
+        <v>46662361</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F460" s="3"/>
       <c r="G460" s="3"/>
       <c r="H460" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C461" s="3">
-        <v>10438984815</v>
+        <v>27691334</v>
       </c>
       <c r="D461" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>758</v>
+        <v>15</v>
       </c>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
       <c r="H461" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C462" s="3">
-        <v>10437355377</v>
+        <v>10438984815</v>
       </c>
       <c r="D462" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>84</v>
+        <v>761</v>
       </c>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
       <c r="H462" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C463" s="3">
-        <v>10445501595</v>
+        <v>10437355377</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>761</v>
+        <v>84</v>
       </c>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
       <c r="H463" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C464" s="3">
-        <v>20491396912</v>
+        <v>10445501595</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="F464" s="3"/>
       <c r="G464" s="3"/>
       <c r="H464" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C465" s="3">
-        <v>27743064</v>
+        <v>20491396912</v>
       </c>
       <c r="D465" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>20</v>
+        <v>766</v>
       </c>
       <c r="F465" s="3"/>
       <c r="G465" s="3"/>
       <c r="H465" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C466" s="3">
-        <v>10166923005</v>
+        <v>27743064</v>
       </c>
       <c r="D466" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>766</v>
+        <v>20</v>
       </c>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
       <c r="H466" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C467" s="3">
-        <v>27724158</v>
+        <v>10166923005</v>
       </c>
       <c r="D467" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
       <c r="H467" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C468" s="3">
-        <v>27660456</v>
+        <v>27724158</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>53</v>
+        <v>771</v>
       </c>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
       <c r="H468" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C469" s="3">
-        <v>20613643975</v>
+        <v>27660456</v>
       </c>
       <c r="D469" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>771</v>
+        <v>53</v>
       </c>
       <c r="F469" s="3"/>
       <c r="G469" s="3"/>
       <c r="H469" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C470" s="3">
-        <v>20479450201</v>
+        <v>20613643975</v>
       </c>
       <c r="D470" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F470" s="3"/>
       <c r="G470" s="3"/>
       <c r="H470" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C471" s="3">
-        <v>10336563033</v>
+        <v>20479450201</v>
       </c>
       <c r="D471" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
       <c r="H471" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C472" s="3">
-        <v>10278450860</v>
+        <v>10336563033</v>
       </c>
       <c r="D472" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>84</v>
+        <v>778</v>
       </c>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
       <c r="H472" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C473" s="3">
-        <v>20487357031</v>
+        <v>10278450860</v>
       </c>
       <c r="D473" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>778</v>
+        <v>84</v>
       </c>
       <c r="F473" s="3"/>
       <c r="G473" s="3"/>
       <c r="H473" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C474" s="3">
-        <v>20600791584</v>
+        <v>20487357031</v>
       </c>
       <c r="D474" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F474" s="3"/>
       <c r="G474" s="3"/>
       <c r="H474" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C475" s="3">
-        <v>45812673</v>
+        <v>20600791584</v>
       </c>
       <c r="D475" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E475" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>783</v>
+      </c>
       <c r="F475" s="3"/>
       <c r="G475" s="3"/>
       <c r="H475" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C476" s="3">
-        <v>45462847</v>
+        <v>45812673</v>
       </c>
       <c r="D476" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E476" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E476" s="3"/>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
       <c r="H476" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C477" s="3">
-        <v>27690866</v>
+        <v>45462847</v>
       </c>
       <c r="D477" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>15</v>
+        <v>314</v>
       </c>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
       <c r="H477" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C478" s="3">
-        <v>20600129997</v>
+        <v>27690866</v>
       </c>
       <c r="D478" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>785</v>
+        <v>15</v>
       </c>
       <c r="F478" s="3"/>
       <c r="G478" s="3"/>
       <c r="H478" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C479" s="3">
-        <v>10760485441</v>
+        <v>20600129997</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F479" s="3"/>
       <c r="G479" s="3"/>
       <c r="H479" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C480" s="3">
-        <v>75719362</v>
+        <v>10760485441</v>
       </c>
       <c r="D480" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E480" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>790</v>
+      </c>
       <c r="F480" s="3"/>
       <c r="G480" s="3"/>
       <c r="H480" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C481" s="3">
-        <v>27435491</v>
+        <v>75719362</v>
       </c>
       <c r="D481" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E481" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E481" s="3"/>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
       <c r="H481" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C482" s="3">
-        <v>10700889683</v>
+        <v>27435491</v>
       </c>
       <c r="D482" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F482" s="3"/>
       <c r="G482" s="3"/>
       <c r="H482" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C483" s="3">
-        <v>27849664</v>
+        <v>10700889683</v>
       </c>
       <c r="D483" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>99</v>
+        <v>795</v>
       </c>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
       <c r="H483" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C484" s="3">
-        <v>10335671312</v>
+        <v>27849664</v>
       </c>
       <c r="D484" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>795</v>
+        <v>99</v>
       </c>
       <c r="F484" s="3"/>
       <c r="G484" s="3"/>
       <c r="H484" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C485" s="3">
-        <v>43580262</v>
+        <v>10335671312</v>
       </c>
       <c r="D485" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>455</v>
+        <v>798</v>
       </c>
       <c r="F485" s="3"/>
       <c r="G485" s="3"/>
       <c r="H485" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C486" s="3">
-        <v>20602685943</v>
+        <v>43580262</v>
       </c>
       <c r="D486" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>798</v>
+        <v>455</v>
       </c>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
       <c r="H486" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C487" s="3">
-        <v>76445222</v>
+        <v>20602685943</v>
       </c>
       <c r="D487" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>20</v>
+        <v>801</v>
       </c>
       <c r="F487" s="3"/>
       <c r="G487" s="3"/>
       <c r="H487" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C488" s="3">
-        <v>10277419098</v>
+        <v>76445222</v>
       </c>
       <c r="D488" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>801</v>
+        <v>20</v>
       </c>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
       <c r="H488" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C489" s="3">
-        <v>27858977</v>
+        <v>10277419098</v>
       </c>
       <c r="D489" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C490" s="3">
-        <v>43234391</v>
+        <v>27858977</v>
       </c>
       <c r="D490" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>15</v>
+        <v>806</v>
       </c>
       <c r="F490" s="3"/>
       <c r="G490" s="3"/>
       <c r="H490" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C491" s="3">
-        <v>48399201</v>
+        <v>43234391</v>
       </c>
       <c r="D491" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
       <c r="H491" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C492" s="3">
-        <v>42621557</v>
+        <v>48399201</v>
       </c>
       <c r="D492" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F492" s="3"/>
       <c r="G492" s="3"/>
       <c r="H492" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C493" s="3">
-        <v>76445227</v>
+        <v>42621557</v>
       </c>
       <c r="D493" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E493" s="3"/>
+      <c r="E493" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
       <c r="H493" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C494" s="3">
-        <v>41928593</v>
+        <v>76445227</v>
       </c>
       <c r="D494" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E494" s="3"/>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
       <c r="H494" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C495" s="3">
-        <v>46390949</v>
+        <v>41928593</v>
       </c>
       <c r="D495" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E495" s="3"/>
       <c r="F495" s="3"/>
       <c r="G495" s="3"/>
       <c r="H495" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="3">
         <v>494</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C496" s="3">
-        <v>27687193</v>
+        <v>46390949</v>
       </c>
       <c r="D496" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E496" s="3"/>
       <c r="F496" s="3"/>
       <c r="G496" s="3"/>
       <c r="H496" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C497" s="3">
-        <v>42685184</v>
+        <v>27687193</v>
       </c>
       <c r="D497" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E497" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E497" s="3"/>
       <c r="F497" s="3"/>
       <c r="G497" s="3"/>
       <c r="H497" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C498" s="3">
-        <v>27284470</v>
+        <v>42685184</v>
       </c>
       <c r="D498" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>318</v>
+        <v>128</v>
       </c>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
       <c r="H498" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C499" s="3">
-        <v>10277405089</v>
+        <v>27284470</v>
       </c>
       <c r="D499" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>814</v>
+        <v>318</v>
       </c>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C500" s="3">
-        <v>10274356796</v>
+        <v>10277405089</v>
       </c>
       <c r="D500" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
       <c r="H500" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C501" s="3">
-        <v>20606926074</v>
+        <v>10274356796</v>
       </c>
       <c r="D501" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
       <c r="H501" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C502" s="3">
-        <v>20609373149</v>
+        <v>20606926074</v>
       </c>
       <c r="D502" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C503" s="3">
-        <v>20480109628</v>
+        <v>20609373149</v>
       </c>
       <c r="D503" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C504" s="3">
-        <v>20612781851</v>
+        <v>20480109628</v>
       </c>
       <c r="D504" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F504" s="3"/>
       <c r="G504" s="3"/>
       <c r="H504" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C505" s="3">
-        <v>20608966642</v>
+        <v>20612781851</v>
       </c>
       <c r="D505" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
       <c r="H505" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C506" s="3">
-        <v>10276772983</v>
+        <v>20608966642</v>
       </c>
       <c r="D506" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>84</v>
+        <v>829</v>
       </c>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
       <c r="H506" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C507" s="3">
-        <v>10610261057</v>
+        <v>10276772983</v>
       </c>
       <c r="D507" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
       <c r="H507" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C508" s="3">
-        <v>20600567749</v>
+        <v>10610261057</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>830</v>
+        <v>20</v>
       </c>
       <c r="F508" s="3"/>
       <c r="G508" s="3"/>
       <c r="H508" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C509" s="3">
-        <v>20608582470</v>
+        <v>20600567749</v>
       </c>
       <c r="D509" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
       <c r="H509" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C510" s="3">
-        <v>27720356</v>
+        <v>20608582470</v>
       </c>
       <c r="D510" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F510" s="3"/>
       <c r="G510" s="3"/>
       <c r="H510" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C511" s="3">
-        <v>42313605</v>
+        <v>27720356</v>
       </c>
       <c r="D511" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>138</v>
+        <v>837</v>
       </c>
       <c r="F511" s="3"/>
       <c r="G511" s="3"/>
       <c r="H511" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C512" s="3">
-        <v>27853074</v>
+        <v>42313605</v>
       </c>
       <c r="D512" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>837</v>
+        <v>138</v>
       </c>
       <c r="F512" s="3"/>
       <c r="G512" s="3"/>
       <c r="H512" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C513" s="3">
-        <v>27686760</v>
+        <v>27853074</v>
       </c>
       <c r="D513" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>138</v>
+        <v>840</v>
       </c>
       <c r="F513" s="3"/>
       <c r="G513" s="3"/>
       <c r="H513" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C514" s="3">
-        <v>76006556</v>
+        <v>27686760</v>
       </c>
       <c r="D514" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E514" s="3"/>
+      <c r="E514" s="3" t="s">
+        <v>138</v>
+      </c>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
       <c r="H514" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C515" s="3">
-        <v>27719391</v>
+        <v>10592124</v>
       </c>
       <c r="D515" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E515" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E515" s="3"/>
       <c r="F515" s="3"/>
       <c r="G515" s="3"/>
       <c r="H515" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C516" s="3">
-        <v>27700711</v>
+        <v>76006556</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E516" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E516" s="3"/>
       <c r="F516" s="3"/>
       <c r="G516" s="3"/>
       <c r="H516" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C517" s="3">
-        <v>47675272</v>
+        <v>27719391</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>15</v>
+        <v>845</v>
       </c>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C518" s="3">
-        <v>46276599</v>
+        <v>27700711</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C519" s="3">
-        <v>43705554</v>
+        <v>47675272</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E519" s="3"/>
+      <c r="E519" s="3" t="s">
+        <v>15</v>
+      </c>
       <c r="F519" s="3"/>
       <c r="G519" s="3"/>
       <c r="H519" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C520" s="3">
-        <v>10722877026</v>
+        <v>46276599</v>
       </c>
       <c r="D520" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>847</v>
+        <v>138</v>
       </c>
       <c r="F520" s="3"/>
       <c r="G520" s="3"/>
       <c r="H520" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C521" s="3">
-        <v>20601616751</v>
+        <v>43705554</v>
       </c>
       <c r="D521" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E521" s="3"/>
       <c r="F521" s="3"/>
       <c r="G521" s="3"/>
       <c r="H521" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>850</v>
       </c>
       <c r="C522" s="3">
-        <v>20605240187</v>
+        <v>10722877026</v>
       </c>
       <c r="D522" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>851</v>
       </c>
       <c r="F522" s="3"/>
       <c r="G522" s="3"/>
       <c r="H522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
         <v>852</v>
       </c>
       <c r="C523" s="3">
-        <v>20539156129</v>
+        <v>20601616751</v>
       </c>
       <c r="D523" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>853</v>
       </c>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>854</v>
       </c>
       <c r="C524" s="3">
-        <v>20609949130</v>
+        <v>20605240187</v>
       </c>
       <c r="D524" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>855</v>
       </c>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>856</v>
       </c>
       <c r="C525" s="3">
-        <v>47499788</v>
+        <v>20539156129</v>
       </c>
       <c r="D525" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E525" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>857</v>
+      </c>
       <c r="F525" s="3"/>
       <c r="G525" s="3"/>
       <c r="H525" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C526" s="3">
-        <v>10336762630</v>
+        <v>20609949130</v>
       </c>
       <c r="D526" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
       <c r="H526" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C527" s="3">
-        <v>10277341447</v>
+        <v>47499788</v>
       </c>
       <c r="D527" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E527" s="3"/>
       <c r="F527" s="3"/>
       <c r="G527" s="3"/>
       <c r="H527" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C528" s="3">
-        <v>20600300882</v>
+        <v>10336762630</v>
       </c>
       <c r="D528" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E528" s="3" t="s">
         <v>862</v>
       </c>
       <c r="F528" s="3"/>
       <c r="G528" s="3"/>
       <c r="H528" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C529" s="3">
-        <v>20615033341</v>
+        <v>10277341447</v>
       </c>
       <c r="D529" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E529" s="3" t="s">
         <v>864</v>
       </c>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
       <c r="H529" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>865</v>
       </c>
       <c r="C530" s="3">
-        <v>10749498621</v>
+        <v>20600300882</v>
       </c>
       <c r="D530" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>84</v>
+        <v>866</v>
       </c>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
       <c r="H530" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C531" s="3">
-        <v>42089331</v>
+        <v>20615033341</v>
       </c>
       <c r="D531" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>138</v>
+        <v>868</v>
       </c>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
       <c r="H531" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C532" s="3">
-        <v>27685398</v>
+        <v>10749498621</v>
       </c>
       <c r="D532" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C533" s="3">
-        <v>27736917</v>
+        <v>42089331</v>
       </c>
       <c r="D533" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E533" s="3"/>
+      <c r="E533" s="3" t="s">
+        <v>138</v>
+      </c>
       <c r="F533" s="3"/>
       <c r="G533" s="3"/>
       <c r="H533" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C534" s="3">
-        <v>27737498</v>
+        <v>27685398</v>
       </c>
       <c r="D534" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
       <c r="H534" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C535" s="3">
-        <v>20604226431</v>
+        <v>27736917</v>
       </c>
       <c r="D535" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E535" s="3"/>
       <c r="F535" s="3"/>
       <c r="G535" s="3"/>
       <c r="H535" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C536" s="3">
-        <v>41007243</v>
+        <v>27737498</v>
       </c>
       <c r="D536" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="F536" s="3"/>
       <c r="G536" s="3"/>
       <c r="H536" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C537" s="3">
-        <v>10804017319</v>
+        <v>20604226431</v>
       </c>
       <c r="D537" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
       <c r="H537" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C538" s="3">
-        <v>10458235665</v>
+        <v>41007243</v>
       </c>
       <c r="D538" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>876</v>
+        <v>15</v>
       </c>
       <c r="F538" s="3"/>
       <c r="G538" s="3"/>
       <c r="H538" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
         <v>877</v>
       </c>
       <c r="C539" s="3">
-        <v>20570768876</v>
+        <v>10804017319</v>
       </c>
       <c r="D539" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>878</v>
       </c>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
       <c r="H539" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C540" s="3">
-        <v>20601351839</v>
+        <v>10458235665</v>
       </c>
       <c r="D540" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E540" s="3" t="s">
         <v>880</v>
       </c>
       <c r="F540" s="3"/>
       <c r="G540" s="3"/>
       <c r="H540" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C541" s="3">
-        <v>20607919667</v>
+        <v>20570768876</v>
       </c>
       <c r="D541" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>882</v>
       </c>
       <c r="F541" s="3"/>
       <c r="G541" s="3"/>
       <c r="H541" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>883</v>
       </c>
       <c r="C542" s="3">
-        <v>45651846</v>
+        <v>20601351839</v>
       </c>
       <c r="D542" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>20</v>
+        <v>884</v>
       </c>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
       <c r="H542" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C543" s="3">
-        <v>10463904133</v>
+        <v>20607919667</v>
       </c>
       <c r="D543" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>84</v>
+        <v>886</v>
       </c>
       <c r="F543" s="3"/>
       <c r="G543" s="3"/>
       <c r="H543" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C544" s="3">
-        <v>10469691581</v>
+        <v>45651846</v>
       </c>
       <c r="D544" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>886</v>
+        <v>20</v>
       </c>
       <c r="F544" s="3"/>
       <c r="G544" s="3"/>
       <c r="H544" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C545" s="3">
-        <v>10751392431</v>
+        <v>10463904133</v>
       </c>
       <c r="D545" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>888</v>
+        <v>84</v>
       </c>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
       <c r="H545" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>889</v>
       </c>
       <c r="C546" s="3">
-        <v>10729224761</v>
+        <v>10469691581</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>20</v>
+        <v>890</v>
       </c>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
       <c r="H546" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C547" s="3">
-        <v>10756832251</v>
+        <v>10751392431</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F547" s="3"/>
       <c r="G547" s="3"/>
       <c r="H547" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C548" s="3">
-        <v>10409039362</v>
+        <v>10729224761</v>
       </c>
       <c r="D548" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>893</v>
+        <v>20</v>
       </c>
       <c r="F548" s="3"/>
       <c r="G548" s="3"/>
       <c r="H548" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
         <v>894</v>
       </c>
       <c r="C549" s="3">
-        <v>10426215573</v>
+        <v>10756832251</v>
       </c>
       <c r="D549" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>20</v>
+        <v>895</v>
       </c>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
       <c r="H549" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C550" s="3">
-        <v>10277339388</v>
+        <v>10409039362</v>
       </c>
       <c r="D550" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
       <c r="H550" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C551" s="3">
-        <v>10445913818</v>
+        <v>10426215573</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>898</v>
+        <v>20</v>
       </c>
       <c r="F551" s="3"/>
       <c r="G551" s="3"/>
       <c r="H551" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>899</v>
       </c>
       <c r="C552" s="3">
-        <v>10472983135</v>
+        <v>10277339388</v>
       </c>
       <c r="D552" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E552" s="3" t="s">
         <v>900</v>
       </c>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
       <c r="H552" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>901</v>
       </c>
       <c r="C553" s="3">
-        <v>20608582933</v>
+        <v>10445913818</v>
       </c>
       <c r="D553" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>902</v>
       </c>
       <c r="F553" s="3"/>
       <c r="G553" s="3"/>
       <c r="H553" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>903</v>
       </c>
       <c r="C554" s="3">
-        <v>10404206228</v>
+        <v>10472983135</v>
       </c>
       <c r="D554" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>84</v>
+        <v>904</v>
       </c>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
       <c r="H554" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C555" s="3">
-        <v>41965191</v>
+        <v>20608582933</v>
       </c>
       <c r="D555" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>20</v>
+        <v>906</v>
       </c>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
       <c r="H555" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C556" s="3">
-        <v>10481650734</v>
+        <v>10404206228</v>
       </c>
       <c r="D556" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>906</v>
+        <v>84</v>
       </c>
       <c r="F556" s="3"/>
       <c r="G556" s="3"/>
       <c r="H556" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C557" s="3">
-        <v>44166743</v>
+        <v>41965191</v>
       </c>
       <c r="D557" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>908</v>
+        <v>20</v>
       </c>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
       <c r="H557" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C558" s="3">
-        <v>47226043</v>
+        <v>10481650734</v>
       </c>
       <c r="D558" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E558" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>910</v>
+      </c>
       <c r="F558" s="3"/>
       <c r="G558" s="3"/>
       <c r="H558" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C559" s="3">
-        <v>80163531</v>
+        <v>44166743</v>
       </c>
       <c r="D559" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E559" s="3"/>
+      <c r="E559" s="3" t="s">
+        <v>912</v>
+      </c>
       <c r="F559" s="3"/>
       <c r="G559" s="3"/>
       <c r="H559" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C560" s="3">
-        <v>10424383967</v>
+        <v>47226043</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E560" s="3"/>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
       <c r="H560" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C561" s="3">
-        <v>10336424009</v>
+        <v>80163531</v>
       </c>
       <c r="D561" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E561" s="3"/>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
       <c r="H561" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C562" s="3">
-        <v>10469974346</v>
+        <v>10424383967</v>
       </c>
       <c r="D562" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E562" s="3" t="s">
         <v>916</v>
       </c>
       <c r="F562" s="3"/>
       <c r="G562" s="3"/>
       <c r="H562" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>917</v>
       </c>
       <c r="C563" s="3">
-        <v>44335160</v>
+        <v>10336424009</v>
       </c>
       <c r="D563" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>314</v>
+        <v>918</v>
       </c>
       <c r="F563" s="3"/>
       <c r="G563" s="3"/>
       <c r="H563" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C564" s="3">
-        <v>47093227</v>
+        <v>10469974346</v>
       </c>
       <c r="D564" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E564" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E564" s="3" t="s">
+        <v>920</v>
+      </c>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
       <c r="H564" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C565" s="3">
-        <v>20487644103</v>
+        <v>44335160</v>
       </c>
       <c r="D565" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>920</v>
+        <v>314</v>
       </c>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
       <c r="H565" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C566" s="3">
-        <v>27700777</v>
+        <v>47093227</v>
       </c>
       <c r="D566" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E566" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E566" s="3"/>
       <c r="F566" s="3"/>
       <c r="G566" s="3"/>
       <c r="H566" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C567" s="3">
-        <v>43215753</v>
+        <v>20487644103</v>
       </c>
       <c r="D567" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>357</v>
+        <v>924</v>
       </c>
       <c r="F567" s="3"/>
       <c r="G567" s="3"/>
       <c r="H567" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C568" s="3">
-        <v>45902041</v>
+        <v>27700777</v>
       </c>
       <c r="D568" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E568" s="3"/>
+      <c r="E568" s="3" t="s">
+        <v>128</v>
+      </c>
       <c r="F568" s="3"/>
       <c r="G568" s="3"/>
       <c r="H568" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C569" s="3">
-        <v>80588819</v>
+        <v>43215753</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E569" s="3"/>
+      <c r="E569" s="3" t="s">
+        <v>357</v>
+      </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="C570" s="3">
-        <v>43852746</v>
+        <v>45902041</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E570" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E570" s="3"/>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C571" s="3">
-        <v>43319691</v>
+        <v>80588819</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E571" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E571" s="3"/>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C572" s="3">
-        <v>41555192</v>
+        <v>43852746</v>
       </c>
       <c r="D572" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>128</v>
+        <v>798</v>
       </c>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
       <c r="H572" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C573" s="3">
-        <v>42661141</v>
+        <v>43319691</v>
       </c>
       <c r="D573" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>210</v>
+        <v>628</v>
       </c>
       <c r="F573" s="3"/>
       <c r="G573" s="3"/>
       <c r="H573" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C574" s="3">
-        <v>41986505</v>
+        <v>41555192</v>
       </c>
       <c r="D574" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>930</v>
+        <v>128</v>
       </c>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
       <c r="H574" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C575" s="3">
-        <v>47093484</v>
+        <v>42661141</v>
       </c>
       <c r="D575" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="F575" s="3"/>
       <c r="G575" s="3"/>
       <c r="H575" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="C576" s="3" t="s">
         <v>933</v>
       </c>
+      <c r="C576" s="3">
+        <v>41986505</v>
+      </c>
       <c r="D576" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>570</v>
+        <v>934</v>
       </c>
       <c r="F576" s="3"/>
       <c r="G576" s="3"/>
       <c r="H576" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C577" s="3">
-        <v>75168901</v>
+        <v>47093484</v>
       </c>
       <c r="D577" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
       <c r="H577" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>44150475</v>
+        <v>936</v>
+      </c>
+      <c r="C578" s="3" t="s">
+        <v>937</v>
       </c>
       <c r="D578" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>15</v>
+        <v>570</v>
       </c>
       <c r="F578" s="3"/>
       <c r="G578" s="3"/>
       <c r="H578" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C579" s="3">
-        <v>27711107</v>
+        <v>75168901</v>
       </c>
       <c r="D579" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E579" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
       <c r="H579" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C580" s="3">
-        <v>71889628</v>
+        <v>44150475</v>
       </c>
       <c r="D580" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E580" s="3"/>
+      <c r="E580" s="3" t="s">
+        <v>15</v>
+      </c>
       <c r="F580" s="3"/>
       <c r="G580" s="3"/>
       <c r="H580" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" s="3">
+        <v>579</v>
+      </c>
+      <c r="B581" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="C581" s="3">
+        <v>27711107</v>
+      </c>
+      <c r="D581" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F581" s="3"/>
+      <c r="G581" s="3"/>
+      <c r="H581" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" s="3">
+        <v>580</v>
+      </c>
+      <c r="B582" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="C582" s="3">
+        <v>71889628</v>
+      </c>
+      <c r="D582" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E582" s="3"/>
+      <c r="F582" s="3"/>
+      <c r="G582" s="3"/>
+      <c r="H582" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>