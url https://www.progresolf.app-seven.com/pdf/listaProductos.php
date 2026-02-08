--- v0 (2026-01-30)
+++ v1 (2026-02-08)
@@ -4061,51 +4061,51 @@
       <c r="K20" s="4"/>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="4">
         <v>19</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="5">
         <v>47.93</v>
       </c>
       <c r="G21" s="5">
         <v>65</v>
       </c>
       <c r="H21" s="5">
-        <v>10.07</v>
+        <v>8.07</v>
       </c>
       <c r="I21" s="4"/>
       <c r="J21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K21" s="4"/>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="4">
         <v>20</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="5">
         <v>3.7</v>
       </c>
       <c r="G22" s="5">
@@ -4353,80 +4353,80 @@
       <c r="K30" s="4"/>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="4">
         <v>29</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="5">
         <v>18.47</v>
       </c>
       <c r="G31" s="5">
         <v>23</v>
       </c>
       <c r="H31" s="5">
-        <v>4.53</v>
+        <v>3.53</v>
       </c>
       <c r="I31" s="4"/>
       <c r="J31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K31" s="4"/>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="4">
         <v>30</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="5">
         <v>10.35</v>
       </c>
       <c r="G32" s="5">
         <v>13.5</v>
       </c>
       <c r="H32" s="5">
-        <v>3.15</v>
+        <v>2.65</v>
       </c>
       <c r="I32" s="4"/>
       <c r="J32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K32" s="4"/>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="4">
         <v>31</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="5">
         <v>60</v>
       </c>
       <c r="G33" s="5">
@@ -4442,51 +4442,51 @@
       <c r="K33" s="4"/>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="4">
         <v>32</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="5">
         <v>76.21</v>
       </c>
       <c r="G34" s="5">
         <v>120</v>
       </c>
       <c r="H34" s="5">
-        <v>28.79</v>
+        <v>43.79</v>
       </c>
       <c r="I34" s="4"/>
       <c r="J34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K34" s="4"/>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="4">
         <v>33</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>53</v>
       </c>
       <c r="F35" s="5">
         <v>12.5</v>
       </c>
       <c r="G35" s="5">
@@ -4589,80 +4589,80 @@
         <v>14</v>
       </c>
       <c r="K38" s="4"/>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="4">
         <v>37</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="5">
         <v>10.09</v>
       </c>
       <c r="G39" s="5">
         <v>14</v>
       </c>
       <c r="H39" s="5">
-        <v>3.91</v>
+        <v>2.91</v>
       </c>
       <c r="I39" s="4"/>
       <c r="J39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K39" s="4"/>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="4">
         <v>38</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="5">
         <v>16.15</v>
       </c>
       <c r="G40" s="5">
         <v>25</v>
       </c>
       <c r="H40" s="5">
-        <v>8.85</v>
+        <v>5.85</v>
       </c>
       <c r="I40" s="4"/>
       <c r="J40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K40" s="4"/>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="4">
         <v>39</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="5">
         <v>100</v>
       </c>
       <c r="G41" s="5">
@@ -4707,51 +4707,51 @@
       <c r="K42" s="4"/>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="4">
         <v>41</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="5">
         <v>3</v>
       </c>
       <c r="G43" s="5">
         <v>8</v>
       </c>
       <c r="H43" s="5">
-        <v>4</v>
+        <v>1.5</v>
       </c>
       <c r="I43" s="4"/>
       <c r="J43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K43" s="4"/>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="4">
         <v>42</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="5">
         <v>8.5</v>
@@ -5299,51 +5299,51 @@
         <v>14</v>
       </c>
       <c r="K62" s="4"/>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="4">
         <v>61</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>86</v>
       </c>
       <c r="C63" s="4"/>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>53</v>
       </c>
       <c r="F63" s="5">
         <v>22</v>
       </c>
       <c r="G63" s="5">
         <v>22</v>
       </c>
       <c r="H63" s="5">
-        <v>13</v>
+        <v>10.5</v>
       </c>
       <c r="I63" s="4"/>
       <c r="J63" s="4" t="s">
         <v>54</v>
       </c>
       <c r="K63" s="4"/>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="4">
         <v>62</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="5">
         <v>46</v>
       </c>
       <c r="G64" s="5">
@@ -6796,80 +6796,80 @@
         <v>14</v>
       </c>
       <c r="K113" s="4"/>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="4">
         <v>112</v>
       </c>
       <c r="B114" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C114" s="4"/>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F114" s="5">
         <v>124.72</v>
       </c>
       <c r="G114" s="5">
         <v>160</v>
       </c>
       <c r="H114" s="5">
-        <v>35.28</v>
+        <v>25.28</v>
       </c>
       <c r="I114" s="4"/>
       <c r="J114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K114" s="4"/>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="4">
         <v>113</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>145</v>
       </c>
       <c r="C115" s="4"/>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F115" s="5">
         <v>124.72</v>
       </c>
       <c r="G115" s="5">
         <v>185</v>
       </c>
       <c r="H115" s="5">
-        <v>50.28</v>
+        <v>35.28</v>
       </c>
       <c r="I115" s="4"/>
       <c r="J115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K115" s="4"/>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="4">
         <v>114</v>
       </c>
       <c r="B116" s="4" t="s">
         <v>146</v>
       </c>
       <c r="C116" s="4"/>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F116" s="5">
         <v>141.6</v>
       </c>
       <c r="G116" s="5">
@@ -8131,51 +8131,51 @@
       <c r="K158" s="4"/>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="4">
         <v>157</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>193</v>
       </c>
       <c r="C159" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>194</v>
       </c>
       <c r="E159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F159" s="5">
         <v>167.18</v>
       </c>
       <c r="G159" s="5">
         <v>190</v>
       </c>
       <c r="H159" s="5">
-        <v>22.82</v>
+        <v>12.82</v>
       </c>
       <c r="I159" s="4"/>
       <c r="J159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K159" s="4"/>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="4">
         <v>158</v>
       </c>
       <c r="B160" s="4" t="s">
         <v>195</v>
       </c>
       <c r="C160" s="4" t="s">
         <v>196</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F160" s="5">
         <v>113.48</v>
@@ -8518,51 +8518,51 @@
         <v>14</v>
       </c>
       <c r="K171" s="4"/>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="4">
         <v>170</v>
       </c>
       <c r="B172" s="4" t="s">
         <v>209</v>
       </c>
       <c r="C172" s="4"/>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F172" s="5">
         <v>21.5</v>
       </c>
       <c r="G172" s="5">
         <v>23</v>
       </c>
       <c r="H172" s="5">
-        <v>12</v>
+        <v>12.5</v>
       </c>
       <c r="I172" s="4"/>
       <c r="J172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K172" s="4"/>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="4">
         <v>171</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>210</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>211</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F173" s="5">
         <v>24.5</v>
@@ -9609,80 +9609,80 @@
       <c r="K208" s="4"/>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="4">
         <v>207</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>254</v>
       </c>
       <c r="C209" s="4" t="s">
         <v>255</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F209" s="5">
         <v>102</v>
       </c>
       <c r="G209" s="5">
         <v>120</v>
       </c>
       <c r="H209" s="5">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I209" s="4"/>
       <c r="J209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K209" s="4"/>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="4">
         <v>208</v>
       </c>
       <c r="B210" s="4" t="s">
         <v>256</v>
       </c>
       <c r="C210" s="4"/>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F210" s="5">
         <v>216.11</v>
       </c>
       <c r="G210" s="5">
         <v>270</v>
       </c>
       <c r="H210" s="5">
-        <v>23.89</v>
+        <v>33.89</v>
       </c>
       <c r="I210" s="4"/>
       <c r="J210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K210" s="4"/>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="4">
         <v>209</v>
       </c>
       <c r="B211" s="4" t="s">
         <v>257</v>
       </c>
       <c r="C211" s="4"/>
       <c r="D211" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F211" s="5">
         <v>9</v>
       </c>
       <c r="G211" s="5">
@@ -9816,51 +9816,51 @@
         <v>14</v>
       </c>
       <c r="K215" s="4"/>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="4">
         <v>214</v>
       </c>
       <c r="B216" s="4" t="s">
         <v>263</v>
       </c>
       <c r="C216" s="4"/>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F216" s="5">
         <v>97.2</v>
       </c>
       <c r="G216" s="5">
         <v>180</v>
       </c>
       <c r="H216" s="5">
-        <v>22.8</v>
+        <v>12.8</v>
       </c>
       <c r="I216" s="4"/>
       <c r="J216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K216" s="4"/>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="4">
         <v>215</v>
       </c>
       <c r="B217" s="4" t="s">
         <v>264</v>
       </c>
       <c r="C217" s="4"/>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F217" s="5">
         <v>154.55</v>
       </c>
       <c r="G217" s="5">
@@ -10772,51 +10772,51 @@
       <c r="K247" s="4"/>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="4">
         <v>246</v>
       </c>
       <c r="B248" s="4" t="s">
         <v>297</v>
       </c>
       <c r="C248" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F248" s="5">
         <v>7.5</v>
       </c>
       <c r="G248" s="5">
         <v>9.5</v>
       </c>
       <c r="H248" s="5">
-        <v>1.5</v>
+        <v>2</v>
       </c>
       <c r="I248" s="4"/>
       <c r="J248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K248" s="4"/>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" s="4">
         <v>247</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>298</v>
       </c>
       <c r="C249" s="4" t="s">
         <v>299</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F249" s="5">
         <v>7</v>
@@ -10865,51 +10865,51 @@
       <c r="K250" s="4"/>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" s="4">
         <v>249</v>
       </c>
       <c r="B251" s="4" t="s">
         <v>301</v>
       </c>
       <c r="C251" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F251" s="5">
         <v>7.5</v>
       </c>
       <c r="G251" s="5">
         <v>9.5</v>
       </c>
       <c r="H251" s="5">
-        <v>1.5</v>
+        <v>2</v>
       </c>
       <c r="I251" s="4"/>
       <c r="J251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K251" s="4"/>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" s="4">
         <v>250</v>
       </c>
       <c r="B252" s="4" t="s">
         <v>302</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F252" s="5">
         <v>7.37</v>
@@ -11103,51 +11103,51 @@
       <c r="K258" s="4"/>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" s="4">
         <v>257</v>
       </c>
       <c r="B259" s="4" t="s">
         <v>309</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F259" s="5">
         <v>1501.36</v>
       </c>
       <c r="G259" s="5">
         <v>1600</v>
       </c>
       <c r="H259" s="5">
-        <v>38.64</v>
+        <v>48.64</v>
       </c>
       <c r="I259" s="4"/>
       <c r="J259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K259" s="4"/>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" s="4">
         <v>258</v>
       </c>
       <c r="B260" s="4" t="s">
         <v>310</v>
       </c>
       <c r="C260" s="4"/>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F260" s="5">
         <v>680</v>
       </c>
       <c r="G260" s="5">
@@ -11221,51 +11221,51 @@
         <v>14</v>
       </c>
       <c r="K262" s="4"/>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" s="4">
         <v>261</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>314</v>
       </c>
       <c r="C263" s="4"/>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F263" s="5">
         <v>440</v>
       </c>
       <c r="G263" s="5">
         <v>500</v>
       </c>
       <c r="H263" s="5">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I263" s="4"/>
       <c r="J263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K263" s="4"/>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" s="4">
         <v>262</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>315</v>
       </c>
       <c r="C264" s="4"/>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F264" s="5">
         <v>670</v>
       </c>
       <c r="G264" s="5">
@@ -11308,51 +11308,51 @@
         <v>14</v>
       </c>
       <c r="K265" s="4"/>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" s="4">
         <v>264</v>
       </c>
       <c r="B266" s="4" t="s">
         <v>317</v>
       </c>
       <c r="C266" s="4"/>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F266" s="5">
         <v>420</v>
       </c>
       <c r="G266" s="5">
         <v>480</v>
       </c>
       <c r="H266" s="5">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I266" s="4"/>
       <c r="J266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K266" s="4"/>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" s="4">
         <v>265</v>
       </c>
       <c r="B267" s="4" t="s">
         <v>318</v>
       </c>
       <c r="C267" s="4"/>
       <c r="D267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F267" s="5">
         <v>350</v>
       </c>
       <c r="G267" s="5">
@@ -13522,51 +13522,51 @@
       <c r="K339" s="4"/>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" s="4">
         <v>338</v>
       </c>
       <c r="B340" s="4" t="s">
         <v>402</v>
       </c>
       <c r="C340" s="4" t="s">
         <v>377</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E340" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F340" s="5">
         <v>1.47</v>
       </c>
       <c r="G340" s="5">
         <v>4</v>
       </c>
       <c r="H340" s="5">
-        <v>2.03</v>
+        <v>2.53</v>
       </c>
       <c r="I340" s="4"/>
       <c r="J340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K340" s="4"/>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" s="4">
         <v>339</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>403</v>
       </c>
       <c r="C341" s="4" t="s">
         <v>362</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E341" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F341" s="5">
         <v>4.7</v>
@@ -15428,51 +15428,51 @@
         <v>14</v>
       </c>
       <c r="K403" s="4"/>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" s="4">
         <v>402</v>
       </c>
       <c r="B404" s="4" t="s">
         <v>467</v>
       </c>
       <c r="C404" s="4"/>
       <c r="D404" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E404" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F404" s="5">
         <v>120</v>
       </c>
       <c r="G404" s="5">
         <v>170</v>
       </c>
       <c r="H404" s="5">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I404" s="4"/>
       <c r="J404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K404" s="4"/>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" s="4">
         <v>403</v>
       </c>
       <c r="B405" s="4" t="s">
         <v>468</v>
       </c>
       <c r="C405" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E405" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F405" s="5">
         <v>12.86</v>
@@ -15548,51 +15548,51 @@
       <c r="K407" s="4"/>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" s="4">
         <v>406</v>
       </c>
       <c r="B408" s="4" t="s">
         <v>471</v>
       </c>
       <c r="C408" s="4" t="s">
         <v>196</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E408" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F408" s="5">
         <v>2.52</v>
       </c>
       <c r="G408" s="5">
         <v>4.5</v>
       </c>
       <c r="H408" s="5">
-        <v>2.48</v>
+        <v>1.48</v>
       </c>
       <c r="I408" s="4"/>
       <c r="J408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K408" s="4"/>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" s="4">
         <v>407</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>472</v>
       </c>
       <c r="C409" s="4"/>
       <c r="D409" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E409" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F409" s="5">
         <v>10</v>
       </c>
       <c r="G409" s="5">
@@ -16084,51 +16084,51 @@
       <c r="K425" s="4"/>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" s="4">
         <v>424</v>
       </c>
       <c r="B426" s="4" t="s">
         <v>491</v>
       </c>
       <c r="C426" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E426" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F426" s="5">
         <v>19.2</v>
       </c>
       <c r="G426" s="5">
         <v>23</v>
       </c>
       <c r="H426" s="5">
-        <v>3.8</v>
+        <v>2.8</v>
       </c>
       <c r="I426" s="4"/>
       <c r="J426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K426" s="4"/>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" s="4">
         <v>425</v>
       </c>
       <c r="B427" s="4" t="s">
         <v>492</v>
       </c>
       <c r="C427" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E427" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F427" s="5">
         <v>13.93</v>
@@ -16268,51 +16268,51 @@
       <c r="K431" s="4"/>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" s="4">
         <v>430</v>
       </c>
       <c r="B432" s="4" t="s">
         <v>498</v>
       </c>
       <c r="C432" s="4" t="s">
         <v>499</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E432" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F432" s="5">
         <v>1</v>
       </c>
       <c r="G432" s="5">
         <v>1.2</v>
       </c>
       <c r="H432" s="5">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="I432" s="4"/>
       <c r="J432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K432" s="4"/>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" s="4">
         <v>431</v>
       </c>
       <c r="B433" s="4" t="s">
         <v>500</v>
       </c>
       <c r="C433" s="4"/>
       <c r="D433" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E433" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F433" s="5">
         <v>1.2</v>
       </c>
       <c r="G433" s="5">
@@ -17129,82 +17129,82 @@
       <c r="K460" s="4"/>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" s="4">
         <v>459</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>530</v>
       </c>
       <c r="C461" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E461" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F461" s="5">
         <v>17.46</v>
       </c>
       <c r="G461" s="5">
         <v>20</v>
       </c>
       <c r="H461" s="5">
-        <v>2.54</v>
+        <v>1.54</v>
       </c>
       <c r="I461" s="4"/>
       <c r="J461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K461" s="4"/>
     </row>
     <row r="462" spans="1:11">
       <c r="A462" s="4">
         <v>460</v>
       </c>
       <c r="B462" s="4" t="s">
         <v>531</v>
       </c>
       <c r="C462" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E462" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F462" s="5">
         <v>22</v>
       </c>
       <c r="G462" s="5">
         <v>22</v>
       </c>
       <c r="H462" s="5">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="I462" s="4"/>
       <c r="J462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K462" s="4"/>
     </row>
     <row r="463" spans="1:11">
       <c r="A463" s="4">
         <v>461</v>
       </c>
       <c r="B463" s="4" t="s">
         <v>532</v>
       </c>
       <c r="C463" s="4" t="s">
         <v>377</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E463" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F463" s="5">
         <v>8.13</v>
@@ -17526,51 +17526,51 @@
         <v>14</v>
       </c>
       <c r="K473" s="4"/>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" s="4">
         <v>472</v>
       </c>
       <c r="B474" s="4" t="s">
         <v>543</v>
       </c>
       <c r="C474" s="4"/>
       <c r="D474" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E474" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F474" s="5">
         <v>24.76</v>
       </c>
       <c r="G474" s="5">
         <v>35</v>
       </c>
       <c r="H474" s="5">
-        <v>5.24</v>
+        <v>9.24</v>
       </c>
       <c r="I474" s="4"/>
       <c r="J474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K474" s="4"/>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" s="4">
         <v>473</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>544</v>
       </c>
       <c r="C475" s="4"/>
       <c r="D475" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E475" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F475" s="5">
         <v>25.73</v>
       </c>
       <c r="G475" s="5">
@@ -17675,82 +17675,82 @@
       <c r="K478" s="4"/>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" s="4">
         <v>477</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>548</v>
       </c>
       <c r="C479" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E479" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F479" s="5">
         <v>4.85</v>
       </c>
       <c r="G479" s="5">
         <v>6</v>
       </c>
       <c r="H479" s="5">
-        <v>1.15</v>
+        <v>1.65</v>
       </c>
       <c r="I479" s="4"/>
       <c r="J479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K479" s="4"/>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" s="4">
         <v>478</v>
       </c>
       <c r="B480" s="4" t="s">
         <v>549</v>
       </c>
       <c r="C480" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E480" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F480" s="5">
         <v>4.15</v>
       </c>
       <c r="G480" s="5">
         <v>5.5</v>
       </c>
       <c r="H480" s="5">
-        <v>1.35</v>
+        <v>0.85</v>
       </c>
       <c r="I480" s="4"/>
       <c r="J480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K480" s="4"/>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" s="4">
         <v>479</v>
       </c>
       <c r="B481" s="4" t="s">
         <v>550</v>
       </c>
       <c r="C481" s="4"/>
       <c r="D481" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E481" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F481" s="5">
         <v>2.2</v>
       </c>
       <c r="G481" s="5">
@@ -17940,51 +17940,51 @@
       <c r="K487" s="4"/>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" s="4">
         <v>486</v>
       </c>
       <c r="B488" s="4" t="s">
         <v>557</v>
       </c>
       <c r="C488" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E488" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F488" s="5">
         <v>7.04</v>
       </c>
       <c r="G488" s="5">
         <v>9</v>
       </c>
       <c r="H488" s="5">
-        <v>0.46</v>
+        <v>0.96</v>
       </c>
       <c r="I488" s="4"/>
       <c r="J488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K488" s="4"/>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" s="4">
         <v>487</v>
       </c>
       <c r="B489" s="4" t="s">
         <v>558</v>
       </c>
       <c r="C489" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E489" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F489" s="5">
         <v>5</v>
@@ -18000,51 +18000,51 @@
         <v>14</v>
       </c>
       <c r="K489" s="4"/>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" s="4">
         <v>488</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>559</v>
       </c>
       <c r="C490" s="4"/>
       <c r="D490" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E490" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F490" s="5">
         <v>2.75</v>
       </c>
       <c r="G490" s="5">
         <v>4</v>
       </c>
       <c r="H490" s="5">
-        <v>1.25</v>
+        <v>0.75</v>
       </c>
       <c r="I490" s="4"/>
       <c r="J490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K490" s="4"/>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" s="4">
         <v>489</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>560</v>
       </c>
       <c r="C491" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E491" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F491" s="5">
         <v>4.58</v>
@@ -18360,51 +18360,51 @@
       <c r="K501" s="4"/>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" s="4">
         <v>500</v>
       </c>
       <c r="B502" s="4" t="s">
         <v>572</v>
       </c>
       <c r="C502" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E502" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F502" s="5">
         <v>55</v>
       </c>
       <c r="G502" s="5">
         <v>62</v>
       </c>
       <c r="H502" s="5">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I502" s="4"/>
       <c r="J502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K502" s="4"/>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" s="4">
         <v>501</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>573</v>
       </c>
       <c r="C503" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E503" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F503" s="5">
         <v>21.83</v>
@@ -19134,82 +19134,82 @@
         <v>14</v>
       </c>
       <c r="K527" s="4"/>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" s="4">
         <v>526</v>
       </c>
       <c r="B528" s="4" t="s">
         <v>601</v>
       </c>
       <c r="C528" s="4"/>
       <c r="D528" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E528" s="4" t="s">
         <v>53</v>
       </c>
       <c r="F528" s="5">
         <v>14.5</v>
       </c>
       <c r="G528" s="5">
         <v>12.66</v>
       </c>
       <c r="H528" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I528" s="4"/>
       <c r="J528" s="4" t="s">
         <v>54</v>
       </c>
       <c r="K528" s="4"/>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" s="4">
         <v>527</v>
       </c>
       <c r="B529" s="4" t="s">
         <v>602</v>
       </c>
       <c r="C529" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E529" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F529" s="5">
         <v>9</v>
       </c>
       <c r="G529" s="5">
         <v>10</v>
       </c>
       <c r="H529" s="5">
-        <v>1</v>
+        <v>1.5</v>
       </c>
       <c r="I529" s="4"/>
       <c r="J529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K529" s="4"/>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" s="4">
         <v>528</v>
       </c>
       <c r="B530" s="4" t="s">
         <v>603</v>
       </c>
       <c r="C530" s="4" t="s">
         <v>299</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E530" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F530" s="5">
         <v>9.99</v>
@@ -19322,82 +19322,82 @@
       <c r="K533" s="4"/>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" s="4">
         <v>532</v>
       </c>
       <c r="B534" s="4" t="s">
         <v>607</v>
       </c>
       <c r="C534" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E534" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F534" s="5">
         <v>9</v>
       </c>
       <c r="G534" s="5">
         <v>9.5</v>
       </c>
       <c r="H534" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I534" s="4"/>
       <c r="J534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K534" s="4"/>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" s="4">
         <v>533</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>608</v>
       </c>
       <c r="C535" s="4" t="s">
         <v>597</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E535" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F535" s="5">
         <v>8.34</v>
       </c>
       <c r="G535" s="5">
         <v>11</v>
       </c>
       <c r="H535" s="5">
-        <v>1.16</v>
+        <v>1.66</v>
       </c>
       <c r="I535" s="4"/>
       <c r="J535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K535" s="4"/>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" s="4">
         <v>534</v>
       </c>
       <c r="B536" s="4" t="s">
         <v>609</v>
       </c>
       <c r="C536" s="4"/>
       <c r="D536" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E536" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F536" s="5">
         <v>13.61</v>
       </c>
       <c r="G536" s="5">
@@ -19413,51 +19413,51 @@
       <c r="K536" s="4"/>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" s="4">
         <v>535</v>
       </c>
       <c r="B537" s="4" t="s">
         <v>610</v>
       </c>
       <c r="C537" s="4" t="s">
         <v>299</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E537" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F537" s="5">
         <v>9.99</v>
       </c>
       <c r="G537" s="5">
         <v>12</v>
       </c>
       <c r="H537" s="5">
-        <v>2.01</v>
+        <v>1.01</v>
       </c>
       <c r="I537" s="4"/>
       <c r="J537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K537" s="4"/>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" s="4">
         <v>536</v>
       </c>
       <c r="B538" s="4" t="s">
         <v>611</v>
       </c>
       <c r="C538" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E538" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F538" s="5">
         <v>8</v>
@@ -19595,51 +19595,51 @@
       <c r="K542" s="4"/>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" s="4">
         <v>541</v>
       </c>
       <c r="B543" s="4" t="s">
         <v>617</v>
       </c>
       <c r="C543" s="4" t="s">
         <v>255</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E543" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F543" s="5">
         <v>110</v>
       </c>
       <c r="G543" s="5">
         <v>150</v>
       </c>
       <c r="H543" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I543" s="4"/>
       <c r="J543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K543" s="4"/>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" s="4">
         <v>542</v>
       </c>
       <c r="B544" s="4" t="s">
         <v>618</v>
       </c>
       <c r="C544" s="4"/>
       <c r="D544" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E544" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F544" s="5">
         <v>219</v>
       </c>
       <c r="G544" s="5">
@@ -19802,82 +19802,82 @@
       <c r="K549" s="4"/>
     </row>
     <row r="550" spans="1:11">
       <c r="A550" s="4">
         <v>548</v>
       </c>
       <c r="B550" s="4" t="s">
         <v>624</v>
       </c>
       <c r="C550" s="4" t="s">
         <v>255</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E550" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F550" s="5">
         <v>110</v>
       </c>
       <c r="G550" s="5">
         <v>150</v>
       </c>
       <c r="H550" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I550" s="4"/>
       <c r="J550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K550" s="4"/>
     </row>
     <row r="551" spans="1:11">
       <c r="A551" s="4">
         <v>549</v>
       </c>
       <c r="B551" s="4" t="s">
         <v>625</v>
       </c>
       <c r="C551" s="4" t="s">
         <v>255</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E551" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F551" s="5">
         <v>110</v>
       </c>
       <c r="G551" s="5">
         <v>150</v>
       </c>
       <c r="H551" s="5">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I551" s="4"/>
       <c r="J551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K551" s="4"/>
     </row>
     <row r="552" spans="1:11">
       <c r="A552" s="4">
         <v>550</v>
       </c>
       <c r="B552" s="4" t="s">
         <v>626</v>
       </c>
       <c r="C552" s="4"/>
       <c r="D552" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E552" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F552" s="5">
         <v>125.67</v>
       </c>
       <c r="G552" s="5">
@@ -19949,51 +19949,51 @@
         <v>14</v>
       </c>
       <c r="K554" s="4"/>
     </row>
     <row r="555" spans="1:11">
       <c r="A555" s="4">
         <v>553</v>
       </c>
       <c r="B555" s="4" t="s">
         <v>629</v>
       </c>
       <c r="C555" s="4"/>
       <c r="D555" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E555" s="4" t="s">
         <v>53</v>
       </c>
       <c r="F555" s="5">
         <v>550</v>
       </c>
       <c r="G555" s="5">
         <v>600</v>
       </c>
       <c r="H555" s="5">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I555" s="4"/>
       <c r="J555" s="4" t="s">
         <v>54</v>
       </c>
       <c r="K555" s="4"/>
     </row>
     <row r="556" spans="1:11">
       <c r="A556" s="4">
         <v>554</v>
       </c>
       <c r="B556" s="4" t="s">
         <v>630</v>
       </c>
       <c r="C556" s="4"/>
       <c r="D556" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E556" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F556" s="5">
         <v>7</v>
       </c>
       <c r="G556" s="5">
@@ -20036,51 +20036,51 @@
         <v>14</v>
       </c>
       <c r="K557" s="4"/>
     </row>
     <row r="558" spans="1:11">
       <c r="A558" s="4">
         <v>556</v>
       </c>
       <c r="B558" s="4" t="s">
         <v>632</v>
       </c>
       <c r="C558" s="4"/>
       <c r="D558" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E558" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F558" s="5">
         <v>18</v>
       </c>
       <c r="G558" s="5">
         <v>33</v>
       </c>
       <c r="H558" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I558" s="4"/>
       <c r="J558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K558" s="4"/>
     </row>
     <row r="559" spans="1:11">
       <c r="A559" s="4">
         <v>557</v>
       </c>
       <c r="B559" s="4" t="s">
         <v>633</v>
       </c>
       <c r="C559" s="4"/>
       <c r="D559" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E559" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F559" s="5">
         <v>92.92</v>
       </c>
       <c r="G559" s="5">
@@ -20357,51 +20357,51 @@
         <v>14</v>
       </c>
       <c r="K568" s="4"/>
     </row>
     <row r="569" spans="1:11">
       <c r="A569" s="4">
         <v>567</v>
       </c>
       <c r="B569" s="4" t="s">
         <v>643</v>
       </c>
       <c r="C569" s="4"/>
       <c r="D569" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E569" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F569" s="5">
         <v>59.82</v>
       </c>
       <c r="G569" s="5">
         <v>75</v>
       </c>
       <c r="H569" s="5">
-        <v>13.18</v>
+        <v>10.18</v>
       </c>
       <c r="I569" s="4"/>
       <c r="J569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K569" s="4"/>
     </row>
     <row r="570" spans="1:11">
       <c r="A570" s="4">
         <v>568</v>
       </c>
       <c r="B570" s="4" t="s">
         <v>644</v>
       </c>
       <c r="C570" s="4"/>
       <c r="D570" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E570" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F570" s="5">
         <v>97.7</v>
       </c>
       <c r="G570" s="5">
@@ -20444,80 +20444,80 @@
         <v>14</v>
       </c>
       <c r="K571" s="4"/>
     </row>
     <row r="572" spans="1:11">
       <c r="A572" s="4">
         <v>570</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>646</v>
       </c>
       <c r="C572" s="4"/>
       <c r="D572" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E572" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F572" s="5">
         <v>199.42</v>
       </c>
       <c r="G572" s="5">
         <v>250</v>
       </c>
       <c r="H572" s="5">
-        <v>40.58</v>
+        <v>50.58</v>
       </c>
       <c r="I572" s="4"/>
       <c r="J572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K572" s="4"/>
     </row>
     <row r="573" spans="1:11">
       <c r="A573" s="4">
         <v>571</v>
       </c>
       <c r="B573" s="4" t="s">
         <v>647</v>
       </c>
       <c r="C573" s="4"/>
       <c r="D573" s="4" t="s">
         <v>123</v>
       </c>
       <c r="E573" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F573" s="5">
-        <v>235</v>
+        <v>280</v>
       </c>
       <c r="G573" s="5">
         <v>350</v>
       </c>
       <c r="H573" s="5">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="I573" s="4"/>
       <c r="J573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K573" s="4"/>
     </row>
     <row r="574" spans="1:11">
       <c r="A574" s="4">
         <v>572</v>
       </c>
       <c r="B574" s="4" t="s">
         <v>648</v>
       </c>
       <c r="C574" s="4"/>
       <c r="D574" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E574" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F574" s="5">
         <v>374.9</v>
       </c>
       <c r="G574" s="5">
@@ -20794,51 +20794,51 @@
         <v>14</v>
       </c>
       <c r="K583" s="4"/>
     </row>
     <row r="584" spans="1:11">
       <c r="A584" s="4">
         <v>582</v>
       </c>
       <c r="B584" s="4" t="s">
         <v>658</v>
       </c>
       <c r="C584" s="4"/>
       <c r="D584" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E584" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F584" s="5">
         <v>160</v>
       </c>
       <c r="G584" s="5">
         <v>55</v>
       </c>
       <c r="H584" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I584" s="4"/>
       <c r="J584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K584" s="4"/>
     </row>
     <row r="585" spans="1:11">
       <c r="A585" s="4">
         <v>583</v>
       </c>
       <c r="B585" s="4" t="s">
         <v>659</v>
       </c>
       <c r="C585" s="4"/>
       <c r="D585" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E585" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F585" s="5">
         <v>70</v>
       </c>
       <c r="G585" s="5">
@@ -20910,51 +20910,51 @@
         <v>14</v>
       </c>
       <c r="K587" s="4"/>
     </row>
     <row r="588" spans="1:11">
       <c r="A588" s="4">
         <v>586</v>
       </c>
       <c r="B588" s="4" t="s">
         <v>662</v>
       </c>
       <c r="C588" s="4"/>
       <c r="D588" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E588" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F588" s="5">
         <v>260</v>
       </c>
       <c r="G588" s="5">
         <v>340</v>
       </c>
       <c r="H588" s="5">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I588" s="4"/>
       <c r="J588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K588" s="4"/>
     </row>
     <row r="589" spans="1:11">
       <c r="A589" s="4">
         <v>587</v>
       </c>
       <c r="B589" s="4" t="s">
         <v>663</v>
       </c>
       <c r="C589" s="4"/>
       <c r="D589" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E589" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F589" s="5">
         <v>230</v>
       </c>
       <c r="G589" s="5">
@@ -21235,80 +21235,80 @@
         <v>14</v>
       </c>
       <c r="K598" s="4"/>
     </row>
     <row r="599" spans="1:11">
       <c r="A599" s="4">
         <v>597</v>
       </c>
       <c r="B599" s="4" t="s">
         <v>673</v>
       </c>
       <c r="C599" s="4"/>
       <c r="D599" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E599" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F599" s="5">
         <v>60</v>
       </c>
       <c r="G599" s="5">
         <v>75</v>
       </c>
       <c r="H599" s="5">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I599" s="4"/>
       <c r="J599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K599" s="4"/>
     </row>
     <row r="600" spans="1:11">
       <c r="A600" s="4">
         <v>598</v>
       </c>
       <c r="B600" s="4" t="s">
         <v>674</v>
       </c>
       <c r="C600" s="4"/>
       <c r="D600" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E600" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F600" s="5">
         <v>140</v>
       </c>
       <c r="G600" s="5">
         <v>180</v>
       </c>
       <c r="H600" s="5">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I600" s="4"/>
       <c r="J600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K600" s="4"/>
     </row>
     <row r="601" spans="1:11">
       <c r="A601" s="4">
         <v>599</v>
       </c>
       <c r="B601" s="4" t="s">
         <v>675</v>
       </c>
       <c r="C601" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E601" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F601" s="5">
         <v>103.03</v>
@@ -21444,51 +21444,51 @@
         <v>14</v>
       </c>
       <c r="K605" s="4"/>
     </row>
     <row r="606" spans="1:11">
       <c r="A606" s="4">
         <v>604</v>
       </c>
       <c r="B606" s="4" t="s">
         <v>682</v>
       </c>
       <c r="C606" s="4"/>
       <c r="D606" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E606" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F606" s="5">
         <v>223</v>
       </c>
       <c r="G606" s="5">
         <v>330</v>
       </c>
       <c r="H606" s="5">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I606" s="4"/>
       <c r="J606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K606" s="4"/>
     </row>
     <row r="607" spans="1:11">
       <c r="A607" s="4">
         <v>605</v>
       </c>
       <c r="B607" s="4" t="s">
         <v>683</v>
       </c>
       <c r="C607" s="4"/>
       <c r="D607" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E607" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F607" s="5">
         <v>365</v>
       </c>
       <c r="G607" s="5">
@@ -22245,51 +22245,51 @@
       <c r="K632" s="4"/>
     </row>
     <row r="633" spans="1:11">
       <c r="A633" s="4">
         <v>631</v>
       </c>
       <c r="B633" s="4" t="s">
         <v>711</v>
       </c>
       <c r="C633" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E633" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F633" s="5">
         <v>23.57</v>
       </c>
       <c r="G633" s="5">
         <v>26</v>
       </c>
       <c r="H633" s="5">
-        <v>2.43</v>
+        <v>0.43</v>
       </c>
       <c r="I633" s="4"/>
       <c r="J633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K633" s="4"/>
     </row>
     <row r="634" spans="1:11">
       <c r="A634" s="4">
         <v>632</v>
       </c>
       <c r="B634" s="4" t="s">
         <v>712</v>
       </c>
       <c r="C634" s="4"/>
       <c r="D634" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E634" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F634" s="5">
         <v>23</v>
       </c>
       <c r="G634" s="5">
@@ -22568,51 +22568,51 @@
         <v>14</v>
       </c>
       <c r="K643" s="4"/>
     </row>
     <row r="644" spans="1:11">
       <c r="A644" s="4">
         <v>642</v>
       </c>
       <c r="B644" s="4" t="s">
         <v>722</v>
       </c>
       <c r="C644" s="4"/>
       <c r="D644" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E644" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F644" s="5">
         <v>4.5</v>
       </c>
       <c r="G644" s="5">
         <v>5.5</v>
       </c>
       <c r="H644" s="5">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="I644" s="4"/>
       <c r="J644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K644" s="4"/>
     </row>
     <row r="645" spans="1:11">
       <c r="A645" s="4">
         <v>643</v>
       </c>
       <c r="B645" s="4" t="s">
         <v>723</v>
       </c>
       <c r="C645" s="4"/>
       <c r="D645" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E645" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F645" s="5">
         <v>5</v>
       </c>
       <c r="G645" s="5">
@@ -22742,51 +22742,51 @@
         <v>14</v>
       </c>
       <c r="K649" s="4"/>
     </row>
     <row r="650" spans="1:11">
       <c r="A650" s="4">
         <v>648</v>
       </c>
       <c r="B650" s="4" t="s">
         <v>728</v>
       </c>
       <c r="C650" s="4"/>
       <c r="D650" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E650" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F650" s="5">
         <v>2.5</v>
       </c>
       <c r="G650" s="5">
         <v>3</v>
       </c>
       <c r="H650" s="5">
-        <v>0.5</v>
+        <v>0.17</v>
       </c>
       <c r="I650" s="4"/>
       <c r="J650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K650" s="4"/>
     </row>
     <row r="651" spans="1:11">
       <c r="A651" s="4">
         <v>649</v>
       </c>
       <c r="B651" s="4" t="s">
         <v>729</v>
       </c>
       <c r="C651" s="4"/>
       <c r="D651" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E651" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F651" s="5">
         <v>18</v>
       </c>
       <c r="G651" s="5">
@@ -23448,51 +23448,51 @@
       <c r="K673" s="4"/>
     </row>
     <row r="674" spans="1:11">
       <c r="A674" s="4">
         <v>672</v>
       </c>
       <c r="B674" s="4" t="s">
         <v>752</v>
       </c>
       <c r="C674" s="4" t="s">
         <v>753</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E674" s="4" t="s">
         <v>53</v>
       </c>
       <c r="F674" s="5">
         <v>49.67</v>
       </c>
       <c r="G674" s="5">
         <v>54</v>
       </c>
       <c r="H674" s="5">
-        <v>5.33</v>
+        <v>4.33</v>
       </c>
       <c r="I674" s="4"/>
       <c r="J674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K674" s="4"/>
     </row>
     <row r="675" spans="1:11">
       <c r="A675" s="4">
         <v>673</v>
       </c>
       <c r="B675" s="4" t="s">
         <v>754</v>
       </c>
       <c r="C675" s="4"/>
       <c r="D675" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E675" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F675" s="5">
         <v>9.69</v>
       </c>
       <c r="G675" s="5">
@@ -23506,51 +23506,51 @@
         <v>14</v>
       </c>
       <c r="K675" s="4"/>
     </row>
     <row r="676" spans="1:11">
       <c r="A676" s="4">
         <v>674</v>
       </c>
       <c r="B676" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C676" s="4"/>
       <c r="D676" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E676" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F676" s="5">
         <v>9.75</v>
       </c>
       <c r="G676" s="5">
         <v>13</v>
       </c>
       <c r="H676" s="5">
-        <v>2.75</v>
+        <v>2.25</v>
       </c>
       <c r="I676" s="4"/>
       <c r="J676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K676" s="4"/>
     </row>
     <row r="677" spans="1:11">
       <c r="A677" s="4">
         <v>675</v>
       </c>
       <c r="B677" s="4" t="s">
         <v>756</v>
       </c>
       <c r="C677" s="4"/>
       <c r="D677" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E677" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F677" s="5">
         <v>16.5</v>
       </c>
       <c r="G677" s="5">
@@ -23624,51 +23624,51 @@
         <v>54</v>
       </c>
       <c r="K679" s="4"/>
     </row>
     <row r="680" spans="1:11">
       <c r="A680" s="4">
         <v>678</v>
       </c>
       <c r="B680" s="4" t="s">
         <v>759</v>
       </c>
       <c r="C680" s="4"/>
       <c r="D680" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E680" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F680" s="5">
         <v>18.5</v>
       </c>
       <c r="G680" s="5">
         <v>21</v>
       </c>
       <c r="H680" s="5">
-        <v>2</v>
+        <v>2.5</v>
       </c>
       <c r="I680" s="4"/>
       <c r="J680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K680" s="4"/>
     </row>
     <row r="681" spans="1:11">
       <c r="A681" s="4">
         <v>679</v>
       </c>
       <c r="B681" s="4" t="s">
         <v>760</v>
       </c>
       <c r="C681" s="4"/>
       <c r="D681" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E681" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F681" s="5">
         <v>22.62</v>
       </c>
       <c r="G681" s="5">
@@ -24694,51 +24694,51 @@
         <v>14</v>
       </c>
       <c r="K715" s="4"/>
     </row>
     <row r="716" spans="1:11">
       <c r="A716" s="4">
         <v>714</v>
       </c>
       <c r="B716" s="4" t="s">
         <v>798</v>
       </c>
       <c r="C716" s="4"/>
       <c r="D716" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E716" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F716" s="5">
         <v>327.86</v>
       </c>
       <c r="G716" s="5">
         <v>370</v>
       </c>
       <c r="H716" s="5">
-        <v>12.14</v>
+        <v>22.14</v>
       </c>
       <c r="I716" s="4"/>
       <c r="J716" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K716" s="4"/>
     </row>
     <row r="717" spans="1:11">
       <c r="A717" s="4">
         <v>715</v>
       </c>
       <c r="B717" s="4" t="s">
         <v>799</v>
       </c>
       <c r="C717" s="4"/>
       <c r="D717" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E717" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F717" s="5">
         <v>14.5</v>
       </c>
       <c r="G717" s="5">
@@ -25549,51 +25549,51 @@
         <v>14</v>
       </c>
       <c r="K744" s="4"/>
     </row>
     <row r="745" spans="1:11">
       <c r="A745" s="4">
         <v>743</v>
       </c>
       <c r="B745" s="4" t="s">
         <v>829</v>
       </c>
       <c r="C745" s="4"/>
       <c r="D745" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E745" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F745" s="5">
         <v>14</v>
       </c>
       <c r="G745" s="5">
         <v>13.5</v>
       </c>
       <c r="H745" s="5">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="I745" s="4"/>
       <c r="J745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K745" s="4"/>
     </row>
     <row r="746" spans="1:11">
       <c r="A746" s="4">
         <v>744</v>
       </c>
       <c r="B746" s="4" t="s">
         <v>830</v>
       </c>
       <c r="C746" s="4" t="s">
         <v>831</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E746" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F746" s="5">
         <v>76</v>
@@ -25671,51 +25671,51 @@
       <c r="K748" s="4"/>
     </row>
     <row r="749" spans="1:11">
       <c r="A749" s="4">
         <v>747</v>
       </c>
       <c r="B749" s="4" t="s">
         <v>835</v>
       </c>
       <c r="C749" s="4" t="s">
         <v>834</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E749" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F749" s="5">
         <v>208</v>
       </c>
       <c r="G749" s="5">
         <v>220</v>
       </c>
       <c r="H749" s="5">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="I749" s="4"/>
       <c r="J749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K749" s="4"/>
     </row>
     <row r="750" spans="1:11">
       <c r="A750" s="4">
         <v>748</v>
       </c>
       <c r="B750" s="4" t="s">
         <v>836</v>
       </c>
       <c r="C750" s="4" t="s">
         <v>834</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E750" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F750" s="5">
         <v>130</v>
@@ -25791,82 +25791,82 @@
       <c r="K752" s="4"/>
     </row>
     <row r="753" spans="1:11">
       <c r="A753" s="4">
         <v>751</v>
       </c>
       <c r="B753" s="4" t="s">
         <v>839</v>
       </c>
       <c r="C753" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E753" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F753" s="5">
         <v>126.4</v>
       </c>
       <c r="G753" s="5">
         <v>170</v>
       </c>
       <c r="H753" s="5">
-        <v>33.6</v>
+        <v>28.6</v>
       </c>
       <c r="I753" s="4"/>
       <c r="J753" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K753" s="4"/>
     </row>
     <row r="754" spans="1:11">
       <c r="A754" s="4">
         <v>752</v>
       </c>
       <c r="B754" s="4" t="s">
         <v>840</v>
       </c>
       <c r="C754" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E754" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F754" s="5">
         <v>146.72</v>
       </c>
       <c r="G754" s="5">
         <v>180</v>
       </c>
       <c r="H754" s="5">
-        <v>0</v>
+        <v>8.28</v>
       </c>
       <c r="I754" s="4"/>
       <c r="J754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K754" s="4"/>
     </row>
     <row r="755" spans="1:11">
       <c r="A755" s="4">
         <v>753</v>
       </c>
       <c r="B755" s="4" t="s">
         <v>841</v>
       </c>
       <c r="C755" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D755" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E755" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F755" s="5">
         <v>150.85</v>
@@ -25942,82 +25942,82 @@
         <v>54</v>
       </c>
       <c r="K757" s="4"/>
     </row>
     <row r="758" spans="1:11">
       <c r="A758" s="4">
         <v>756</v>
       </c>
       <c r="B758" s="4" t="s">
         <v>844</v>
       </c>
       <c r="C758" s="4"/>
       <c r="D758" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E758" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F758" s="5">
         <v>570</v>
       </c>
       <c r="G758" s="5">
         <v>760</v>
       </c>
       <c r="H758" s="5">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="I758" s="4"/>
       <c r="J758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K758" s="4"/>
     </row>
     <row r="759" spans="1:11">
       <c r="A759" s="4">
         <v>757</v>
       </c>
       <c r="B759" s="4" t="s">
         <v>845</v>
       </c>
       <c r="C759" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E759" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F759" s="5">
         <v>67.8</v>
       </c>
       <c r="G759" s="5">
         <v>85</v>
       </c>
       <c r="H759" s="5">
-        <v>12.2</v>
+        <v>7.2</v>
       </c>
       <c r="I759" s="4"/>
       <c r="J759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K759" s="4"/>
     </row>
     <row r="760" spans="1:11">
       <c r="A760" s="4">
         <v>758</v>
       </c>
       <c r="B760" s="4" t="s">
         <v>846</v>
       </c>
       <c r="C760" s="4" t="s">
         <v>834</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E760" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F760" s="5">
         <v>46</v>
@@ -26058,86 +26058,86 @@
       </c>
       <c r="H761" s="5">
         <v>5</v>
       </c>
       <c r="I761" s="4"/>
       <c r="J761" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K761" s="4"/>
     </row>
     <row r="762" spans="1:11">
       <c r="A762" s="4">
         <v>760</v>
       </c>
       <c r="B762" s="4" t="s">
         <v>848</v>
       </c>
       <c r="C762" s="4"/>
       <c r="D762" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E762" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F762" s="5">
-        <v>278.19</v>
+        <v>269.6</v>
       </c>
       <c r="G762" s="5">
         <v>330</v>
       </c>
       <c r="H762" s="5">
-        <v>31.81</v>
+        <v>40.4</v>
       </c>
       <c r="I762" s="4"/>
       <c r="J762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K762" s="4"/>
     </row>
     <row r="763" spans="1:11">
       <c r="A763" s="4">
         <v>761</v>
       </c>
       <c r="B763" s="4" t="s">
         <v>849</v>
       </c>
       <c r="C763" s="4"/>
       <c r="D763" s="4" t="s">
         <v>249</v>
       </c>
       <c r="E763" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F763" s="5">
-        <v>278.19</v>
+        <v>269</v>
       </c>
       <c r="G763" s="5">
         <v>330</v>
       </c>
       <c r="H763" s="5">
-        <v>31.81</v>
+        <v>46</v>
       </c>
       <c r="I763" s="4"/>
       <c r="J763" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K763" s="4"/>
     </row>
     <row r="764" spans="1:11">
       <c r="A764" s="4">
         <v>762</v>
       </c>
       <c r="B764" s="4" t="s">
         <v>850</v>
       </c>
       <c r="C764" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E764" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F764" s="5">
         <v>39.94</v>
@@ -26691,51 +26691,51 @@
         <v>14</v>
       </c>
       <c r="K782" s="4"/>
     </row>
     <row r="783" spans="1:11">
       <c r="A783" s="4">
         <v>781</v>
       </c>
       <c r="B783" s="4" t="s">
         <v>870</v>
       </c>
       <c r="C783" s="4"/>
       <c r="D783" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E783" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F783" s="5">
         <v>44</v>
       </c>
       <c r="G783" s="5">
         <v>60</v>
       </c>
       <c r="H783" s="5">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="I783" s="4"/>
       <c r="J783" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K783" s="4"/>
     </row>
     <row r="784" spans="1:11">
       <c r="A784" s="4">
         <v>782</v>
       </c>
       <c r="B784" s="4" t="s">
         <v>871</v>
       </c>
       <c r="C784" s="4"/>
       <c r="D784" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E784" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F784" s="5">
         <v>28</v>
       </c>
       <c r="G784" s="5">
@@ -26809,51 +26809,51 @@
       <c r="K786" s="4"/>
     </row>
     <row r="787" spans="1:11">
       <c r="A787" s="4">
         <v>785</v>
       </c>
       <c r="B787" s="4" t="s">
         <v>874</v>
       </c>
       <c r="C787" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E787" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F787" s="5">
         <v>23.97</v>
       </c>
       <c r="G787" s="5">
         <v>35</v>
       </c>
       <c r="H787" s="5">
-        <v>9.03</v>
+        <v>8.03</v>
       </c>
       <c r="I787" s="4"/>
       <c r="J787" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K787" s="4"/>
     </row>
     <row r="788" spans="1:11">
       <c r="A788" s="4">
         <v>786</v>
       </c>
       <c r="B788" s="4" t="s">
         <v>875</v>
       </c>
       <c r="C788" s="4"/>
       <c r="D788" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E788" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F788" s="5">
         <v>38</v>
       </c>
       <c r="G788" s="5">
@@ -27165,51 +27165,51 @@
       <c r="K798" s="4"/>
     </row>
     <row r="799" spans="1:11">
       <c r="A799" s="4">
         <v>797</v>
       </c>
       <c r="B799" s="4" t="s">
         <v>886</v>
       </c>
       <c r="C799" s="4" t="s">
         <v>887</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E799" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F799" s="5">
         <v>3.3</v>
       </c>
       <c r="G799" s="5">
         <v>3.9</v>
       </c>
       <c r="H799" s="5">
-        <v>0.3</v>
+        <v>346.7</v>
       </c>
       <c r="I799" s="4"/>
       <c r="J799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K799" s="4"/>
     </row>
     <row r="800" spans="1:11">
       <c r="A800" s="4">
         <v>798</v>
       </c>
       <c r="B800" s="4" t="s">
         <v>888</v>
       </c>
       <c r="C800" s="4"/>
       <c r="D800" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E800" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F800" s="5">
         <v>7.1</v>
       </c>
       <c r="G800" s="5">
@@ -27314,82 +27314,82 @@
       <c r="K803" s="4"/>
     </row>
     <row r="804" spans="1:11">
       <c r="A804" s="4">
         <v>802</v>
       </c>
       <c r="B804" s="4" t="s">
         <v>892</v>
       </c>
       <c r="C804" s="4" t="s">
         <v>196</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E804" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F804" s="5">
         <v>0.44</v>
       </c>
       <c r="G804" s="5">
         <v>0.6</v>
       </c>
       <c r="H804" s="5">
-        <v>0.27</v>
+        <v>0.36</v>
       </c>
       <c r="I804" s="4"/>
       <c r="J804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K804" s="4"/>
     </row>
     <row r="805" spans="1:11">
       <c r="A805" s="4">
         <v>803</v>
       </c>
       <c r="B805" s="4" t="s">
         <v>893</v>
       </c>
       <c r="C805" s="4" t="s">
         <v>499</v>
       </c>
       <c r="D805" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E805" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F805" s="5">
         <v>0.75</v>
       </c>
       <c r="G805" s="5">
         <v>0.85</v>
       </c>
       <c r="H805" s="5">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
       <c r="I805" s="4"/>
       <c r="J805" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K805" s="4"/>
     </row>
     <row r="806" spans="1:11">
       <c r="A806" s="4">
         <v>804</v>
       </c>
       <c r="B806" s="4" t="s">
         <v>894</v>
       </c>
       <c r="C806" s="4"/>
       <c r="D806" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E806" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F806" s="5">
         <v>1</v>
       </c>
       <c r="G806" s="5">
@@ -27436,51 +27436,51 @@
       <c r="K807" s="4"/>
     </row>
     <row r="808" spans="1:11">
       <c r="A808" s="4">
         <v>806</v>
       </c>
       <c r="B808" s="4" t="s">
         <v>897</v>
       </c>
       <c r="C808" s="4" t="s">
         <v>898</v>
       </c>
       <c r="D808" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E808" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F808" s="5">
         <v>280.46</v>
       </c>
       <c r="G808" s="5">
         <v>300</v>
       </c>
       <c r="H808" s="5">
-        <v>24.54</v>
+        <v>29.54</v>
       </c>
       <c r="I808" s="4"/>
       <c r="J808" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K808" s="4"/>
     </row>
     <row r="809" spans="1:11">
       <c r="A809" s="4">
         <v>807</v>
       </c>
       <c r="B809" s="4" t="s">
         <v>899</v>
       </c>
       <c r="C809" s="4"/>
       <c r="D809" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E809" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F809" s="5">
         <v>263.12</v>
       </c>
       <c r="G809" s="5">
@@ -27788,51 +27788,51 @@
       <c r="K819" s="4"/>
     </row>
     <row r="820" spans="1:11">
       <c r="A820" s="4">
         <v>818</v>
       </c>
       <c r="B820" s="4" t="s">
         <v>910</v>
       </c>
       <c r="C820" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E820" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F820" s="5">
         <v>84.27</v>
       </c>
       <c r="G820" s="5">
         <v>120</v>
       </c>
       <c r="H820" s="5">
-        <v>35.73</v>
+        <v>20.73</v>
       </c>
       <c r="I820" s="4"/>
       <c r="J820" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K820" s="4"/>
     </row>
     <row r="821" spans="1:11">
       <c r="A821" s="4">
         <v>819</v>
       </c>
       <c r="B821" s="4" t="s">
         <v>911</v>
       </c>
       <c r="C821" s="4"/>
       <c r="D821" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E821" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F821" s="5">
         <v>350</v>
       </c>
       <c r="G821" s="5">
@@ -29523,51 +29523,51 @@
         <v>14</v>
       </c>
       <c r="K878" s="4"/>
     </row>
     <row r="879" spans="1:11">
       <c r="A879" s="4">
         <v>877</v>
       </c>
       <c r="B879" s="4" t="s">
         <v>971</v>
       </c>
       <c r="C879" s="4"/>
       <c r="D879" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E879" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F879" s="5">
         <v>8</v>
       </c>
       <c r="G879" s="5">
         <v>14</v>
       </c>
       <c r="H879" s="5">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="I879" s="4"/>
       <c r="J879" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K879" s="4"/>
     </row>
     <row r="880" spans="1:11">
       <c r="A880" s="4">
         <v>878</v>
       </c>
       <c r="B880" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C880" s="4"/>
       <c r="D880" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E880" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F880" s="5">
         <v>2.2</v>
       </c>
       <c r="G880" s="5">
@@ -29633,86 +29633,86 @@
       </c>
       <c r="H882" s="5">
         <v>7</v>
       </c>
       <c r="I882" s="4"/>
       <c r="J882" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K882" s="4"/>
     </row>
     <row r="883" spans="1:11">
       <c r="A883" s="4">
         <v>881</v>
       </c>
       <c r="B883" s="4" t="s">
         <v>975</v>
       </c>
       <c r="C883" s="4"/>
       <c r="D883" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E883" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F883" s="5">
-        <v>2.6</v>
+        <v>2.2</v>
       </c>
       <c r="G883" s="5">
         <v>5</v>
       </c>
       <c r="H883" s="5">
-        <v>1.4</v>
+        <v>2.8</v>
       </c>
       <c r="I883" s="4"/>
       <c r="J883" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K883" s="4"/>
     </row>
     <row r="884" spans="1:11">
       <c r="A884" s="4">
         <v>882</v>
       </c>
       <c r="B884" s="4" t="s">
         <v>976</v>
       </c>
       <c r="C884" s="4"/>
       <c r="D884" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E884" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F884" s="5">
         <v>9.5</v>
       </c>
       <c r="G884" s="5">
         <v>20</v>
       </c>
       <c r="H884" s="5">
-        <v>5.5</v>
+        <v>4.5</v>
       </c>
       <c r="I884" s="4"/>
       <c r="J884" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K884" s="4"/>
     </row>
     <row r="885" spans="1:11">
       <c r="A885" s="4">
         <v>883</v>
       </c>
       <c r="B885" s="4" t="s">
         <v>977</v>
       </c>
       <c r="C885" s="4"/>
       <c r="D885" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E885" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F885" s="5">
         <v>1.6</v>
       </c>
       <c r="G885" s="5">
@@ -30231,51 +30231,51 @@
       <c r="K902" s="4"/>
     </row>
     <row r="903" spans="1:11">
       <c r="A903" s="4">
         <v>901</v>
       </c>
       <c r="B903" s="4" t="s">
         <v>996</v>
       </c>
       <c r="C903" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D903" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E903" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F903" s="5">
         <v>10.65</v>
       </c>
       <c r="G903" s="5">
         <v>13</v>
       </c>
       <c r="H903" s="5">
-        <v>2.35</v>
+        <v>1.85</v>
       </c>
       <c r="I903" s="4"/>
       <c r="J903" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K903" s="4"/>
     </row>
     <row r="904" spans="1:11">
       <c r="A904" s="4">
         <v>902</v>
       </c>
       <c r="B904" s="4" t="s">
         <v>997</v>
       </c>
       <c r="C904" s="4" t="s">
         <v>993</v>
       </c>
       <c r="D904" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E904" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F904" s="5">
         <v>3</v>
@@ -30440,51 +30440,51 @@
       <c r="K909" s="4"/>
     </row>
     <row r="910" spans="1:11">
       <c r="A910" s="4">
         <v>908</v>
       </c>
       <c r="B910" s="4" t="s">
         <v>1003</v>
       </c>
       <c r="C910" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D910" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E910" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F910" s="5">
         <v>47.14</v>
       </c>
       <c r="G910" s="5">
         <v>52</v>
       </c>
       <c r="H910" s="5">
-        <v>2.86</v>
+        <v>4.86</v>
       </c>
       <c r="I910" s="4"/>
       <c r="J910" s="4" t="s">
         <v>14</v>
       </c>
       <c r="K910" s="4"/>
     </row>
     <row r="911" spans="1:11">
       <c r="A911" s="4">
         <v>909</v>
       </c>
       <c r="B911" s="4" t="s">
         <v>1004</v>
       </c>
       <c r="C911" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D911" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E911" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F911" s="5">
         <v>29.65</v>